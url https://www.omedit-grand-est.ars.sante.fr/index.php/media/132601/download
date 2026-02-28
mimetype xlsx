--- v0 (2025-10-14)
+++ v1 (2026-02-28)
@@ -8,61 +8,61 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DQPI_COMMUN\OMEDIT\07_Dossiers thématiques\01_Antibiorésistance\04_EPP\2024_Audit durée trt maj\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB11C1AE-0B7C-40AE-A32D-9A9B61541DA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F307539C-32F4-4BD1-8F85-7B8BE7EB924E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="C7G6E9WqFc1ToT9HS84D+EkvmWiWOdfh69UOj0IcBRG2zFisQSAUrCWFg3WUsxBiQKcnnSmomfmrK2Q+/PzkTA==" workbookSaltValue="N4qkzQUFtdNTXQ0Py3Pp5Q==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-930" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Identification ES" sheetId="6" r:id="rId1"/>
     <sheet name="Grille audit" sheetId="3" r:id="rId2"/>
     <sheet name="Abréviations" sheetId="4" r:id="rId3"/>
     <sheet name="Liste" sheetId="5" state="hidden" r:id="rId4"/>
     <sheet name="Feuil1" sheetId="7" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Grille audit'!$A$11:$Q$161</definedName>
     <definedName name="Bactériémies_liées_aux_catheters_veineux_centraux">Liste!$D$17:$D$24</definedName>
     <definedName name="Bactériémies_primaires_non_compliquées">Liste!$B$17:$B$20</definedName>
     <definedName name="Endocardites_infectieuses">Liste!$F$17:$F$25</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Grille audit'!$1:$11</definedName>
     <definedName name="Indication_hors_référentiel_HAS_SPILF">Liste!$AH$17</definedName>
     <definedName name="Indication_non_retrouvée">Liste!$AJ$17</definedName>
     <definedName name="Infections_de_dispositif_électronique_cardiaque_implantable">Liste!$Z$17:$Z$24</definedName>
     <definedName name="Infections_digestives">Liste!$L$17:$L$38</definedName>
     <definedName name="Infections_génitales_hautes_et_infections_sexuellement_transmissibles">Liste!$J$17:$J$22</definedName>
     <definedName name="Infections_neuro_méningées">Liste!$V$17:$V$26</definedName>
     <definedName name="Infections_ORL_de_l_adulte">Liste!$R$17:$R$25</definedName>
     <definedName name="Infections_ORL_de_l_enfant">Liste!$AD$17:$AD$30</definedName>
     <definedName name="Infections_osseuses_natives">Liste!$N$17:$N$23</definedName>
     <definedName name="Infections_peau_et_tissus_mous">Liste!$H$17:$H$30</definedName>
     <definedName name="Infections_respiratoires_basses">Liste!$P$17:$P$28</definedName>
@@ -70,51 +70,52 @@
     <definedName name="Infections_urinaires_de_la_femme">Liste!$AF$17:$AF$25</definedName>
     <definedName name="Neutropénies_fébriles">Liste!$X$17:$X$20</definedName>
     <definedName name="Pied_diabétique">Liste!$AB$17:$AB$21</definedName>
     <definedName name="Type_d_infection">Liste!$A$2:$A$18</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Grille audit'!$A$1:$N$111</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N17" i="3" l="1"/>
+  <c r="H2" i="3" l="1"/>
+  <c r="N17" i="3"/>
   <c r="N18" i="3"/>
   <c r="N19" i="3"/>
   <c r="N20" i="3"/>
   <c r="N21" i="3"/>
   <c r="N22" i="3"/>
   <c r="N23" i="3"/>
   <c r="N24" i="3"/>
   <c r="N25" i="3"/>
   <c r="N26" i="3"/>
   <c r="N27" i="3"/>
   <c r="N28" i="3"/>
   <c r="N29" i="3"/>
   <c r="N30" i="3"/>
   <c r="N31" i="3"/>
   <c r="N32" i="3"/>
   <c r="N33" i="3"/>
   <c r="N34" i="3"/>
   <c r="N35" i="3"/>
   <c r="N36" i="3"/>
   <c r="N37" i="3"/>
   <c r="N38" i="3"/>
   <c r="N39" i="3"/>
   <c r="N40" i="3"/>
   <c r="N41" i="3"/>
   <c r="N42" i="3"/>
@@ -215,52 +216,51 @@
   <c r="N137" i="3"/>
   <c r="N138" i="3"/>
   <c r="N139" i="3"/>
   <c r="N140" i="3"/>
   <c r="N141" i="3"/>
   <c r="N142" i="3"/>
   <c r="N143" i="3"/>
   <c r="N144" i="3"/>
   <c r="N145" i="3"/>
   <c r="N146" i="3"/>
   <c r="N147" i="3"/>
   <c r="N148" i="3"/>
   <c r="N149" i="3"/>
   <c r="N150" i="3"/>
   <c r="N151" i="3"/>
   <c r="N152" i="3"/>
   <c r="N153" i="3"/>
   <c r="N154" i="3"/>
   <c r="N155" i="3"/>
   <c r="N156" i="3"/>
   <c r="N157" i="3"/>
   <c r="N158" i="3"/>
   <c r="N159" i="3"/>
   <c r="N160" i="3"/>
   <c r="N161" i="3"/>
-  <c r="H2" i="3" l="1"/>
-  <c r="H8" i="3" s="1"/>
+  <c r="H8" i="3" l="1"/>
   <c r="F12" i="3"/>
   <c r="H12" i="3" l="1"/>
   <c r="I12" i="3" s="1"/>
   <c r="A112" i="3"/>
   <c r="A113" i="3"/>
   <c r="A114" i="3"/>
   <c r="A115" i="3"/>
   <c r="A116" i="3"/>
   <c r="A117" i="3"/>
   <c r="A118" i="3"/>
   <c r="A119" i="3"/>
   <c r="A120" i="3"/>
   <c r="A121" i="3"/>
   <c r="A122" i="3"/>
   <c r="A123" i="3"/>
   <c r="A124" i="3"/>
   <c r="A125" i="3"/>
   <c r="A126" i="3"/>
   <c r="A127" i="3"/>
   <c r="A128" i="3"/>
   <c r="A129" i="3"/>
   <c r="A130" i="3"/>
   <c r="A131" i="3"/>
   <c r="A132" i="3"/>
   <c r="A133" i="3"/>
@@ -270,100 +270,100 @@
   <c r="A137" i="3"/>
   <c r="A138" i="3"/>
   <c r="A139" i="3"/>
   <c r="A140" i="3"/>
   <c r="A141" i="3"/>
   <c r="A142" i="3"/>
   <c r="A143" i="3"/>
   <c r="A144" i="3"/>
   <c r="A145" i="3"/>
   <c r="A146" i="3"/>
   <c r="A147" i="3"/>
   <c r="A148" i="3"/>
   <c r="A149" i="3"/>
   <c r="A150" i="3"/>
   <c r="A151" i="3"/>
   <c r="A152" i="3"/>
   <c r="A153" i="3"/>
   <c r="A154" i="3"/>
   <c r="A155" i="3"/>
   <c r="A156" i="3"/>
   <c r="A157" i="3"/>
   <c r="A158" i="3"/>
   <c r="A159" i="3"/>
   <c r="A160" i="3"/>
   <c r="A161" i="3"/>
-  <c r="F157" i="3"/>
-[...1 lines deleted...]
-  <c r="F148" i="3"/>
+  <c r="F114" i="3"/>
+  <c r="F115" i="3"/>
+  <c r="F126" i="3"/>
+  <c r="F139" i="3"/>
+  <c r="F149" i="3"/>
+  <c r="F144" i="3"/>
+  <c r="F121" i="3"/>
+  <c r="F152" i="3"/>
+  <c r="F122" i="3"/>
+  <c r="F119" i="3"/>
   <c r="F155" i="3"/>
-  <c r="F143" i="3"/>
-[...1 lines deleted...]
-  <c r="F114" i="3"/>
+  <c r="F116" i="3"/>
   <c r="F142" i="3"/>
   <c r="F137" i="3"/>
+  <c r="F153" i="3"/>
+  <c r="F159" i="3"/>
+  <c r="F125" i="3"/>
+  <c r="F151" i="3"/>
   <c r="F147" i="3"/>
   <c r="F128" i="3"/>
+  <c r="F123" i="3"/>
+  <c r="F133" i="3"/>
+  <c r="F140" i="3"/>
   <c r="F156" i="3"/>
-  <c r="F136" i="3"/>
-[...11 lines deleted...]
-  <c r="F123" i="3"/>
   <c r="F124" i="3"/>
-  <c r="F150" i="3"/>
-[...11 lines deleted...]
-  <c r="F159" i="3"/>
   <c r="F135" i="3"/>
-  <c r="F145" i="3"/>
-[...1 lines deleted...]
-  <c r="F141" i="3"/>
   <c r="F117" i="3"/>
   <c r="F146" i="3"/>
   <c r="F138" i="3"/>
+  <c r="F134" i="3"/>
+  <c r="F120" i="3"/>
+  <c r="F136" i="3"/>
+  <c r="F150" i="3"/>
+  <c r="F145" i="3"/>
+  <c r="F129" i="3"/>
+  <c r="F132" i="3"/>
+  <c r="F154" i="3"/>
+  <c r="F148" i="3"/>
+  <c r="F161" i="3"/>
   <c r="F160" i="3"/>
-  <c r="F120" i="3"/>
-[...1 lines deleted...]
-  <c r="F121" i="3"/>
+  <c r="F131" i="3"/>
+  <c r="F157" i="3"/>
+  <c r="F112" i="3"/>
+  <c r="F113" i="3"/>
+  <c r="F141" i="3"/>
+  <c r="F118" i="3"/>
+  <c r="F127" i="3"/>
+  <c r="F158" i="3"/>
+  <c r="F143" i="3"/>
+  <c r="F130" i="3"/>
   <c r="H161" i="3" l="1"/>
   <c r="I161" i="3" s="1"/>
   <c r="H130" i="3"/>
   <c r="I130" i="3" s="1"/>
   <c r="H120" i="3"/>
   <c r="I120" i="3" s="1"/>
   <c r="H155" i="3"/>
   <c r="I155" i="3" s="1"/>
   <c r="H154" i="3"/>
   <c r="I154" i="3" s="1"/>
   <c r="H151" i="3"/>
   <c r="I151" i="3" s="1"/>
   <c r="H119" i="3"/>
   <c r="I119" i="3" s="1"/>
   <c r="H150" i="3"/>
   <c r="I150" i="3" s="1"/>
   <c r="H118" i="3"/>
   <c r="I118" i="3" s="1"/>
   <c r="H156" i="3"/>
   <c r="I156" i="3" s="1"/>
   <c r="H140" i="3"/>
   <c r="I140" i="3" s="1"/>
   <c r="H145" i="3"/>
   <c r="I145" i="3" s="1"/>
   <c r="H123" i="3"/>
@@ -471,51 +471,50 @@
   <c r="K122" i="3"/>
   <c r="K118" i="3"/>
   <c r="K114" i="3"/>
   <c r="K149" i="3"/>
   <c r="K145" i="3"/>
   <c r="K141" i="3"/>
   <c r="K137" i="3"/>
   <c r="K133" i="3"/>
   <c r="K129" i="3"/>
   <c r="K125" i="3"/>
   <c r="K121" i="3"/>
   <c r="K117" i="3"/>
   <c r="K113" i="3"/>
   <c r="K152" i="3"/>
   <c r="K148" i="3"/>
   <c r="K144" i="3"/>
   <c r="K140" i="3"/>
   <c r="K136" i="3"/>
   <c r="K132" i="3"/>
   <c r="K128" i="3"/>
   <c r="K124" i="3"/>
   <c r="K120" i="3"/>
   <c r="K116" i="3"/>
   <c r="K112" i="3"/>
   <c r="K12" i="3" l="1"/>
-  <c r="N12" i="3" s="1"/>
   <c r="A13" i="3"/>
   <c r="A14" i="3"/>
   <c r="A15" i="3"/>
   <c r="A16" i="3"/>
   <c r="A17" i="3"/>
   <c r="A18" i="3"/>
   <c r="A19" i="3"/>
   <c r="A20" i="3"/>
   <c r="A21" i="3"/>
   <c r="A22" i="3"/>
   <c r="A23" i="3"/>
   <c r="A24" i="3"/>
   <c r="A25" i="3"/>
   <c r="A26" i="3"/>
   <c r="A27" i="3"/>
   <c r="A28" i="3"/>
   <c r="A29" i="3"/>
   <c r="A30" i="3"/>
   <c r="A31" i="3"/>
   <c r="A32" i="3"/>
   <c r="A33" i="3"/>
   <c r="A34" i="3"/>
   <c r="A35" i="3"/>
   <c r="A36" i="3"/>
   <c r="A37" i="3"/>
@@ -572,150 +571,151 @@
   <c r="A88" i="3"/>
   <c r="A89" i="3"/>
   <c r="A90" i="3"/>
   <c r="A91" i="3"/>
   <c r="A92" i="3"/>
   <c r="A93" i="3"/>
   <c r="A94" i="3"/>
   <c r="A95" i="3"/>
   <c r="A96" i="3"/>
   <c r="A97" i="3"/>
   <c r="A98" i="3"/>
   <c r="A99" i="3"/>
   <c r="A100" i="3"/>
   <c r="A101" i="3"/>
   <c r="A102" i="3"/>
   <c r="A103" i="3"/>
   <c r="A104" i="3"/>
   <c r="A105" i="3"/>
   <c r="A106" i="3"/>
   <c r="A107" i="3"/>
   <c r="A108" i="3"/>
   <c r="A109" i="3"/>
   <c r="A110" i="3"/>
   <c r="A111" i="3"/>
   <c r="A12" i="3"/>
+  <c r="F50" i="3"/>
+  <c r="F62" i="3"/>
+  <c r="F47" i="3"/>
+  <c r="F28" i="3"/>
+  <c r="F93" i="3"/>
+  <c r="F83" i="3"/>
+  <c r="F67" i="3"/>
+  <c r="F91" i="3"/>
+  <c r="F101" i="3"/>
+  <c r="F73" i="3"/>
+  <c r="F87" i="3"/>
+  <c r="F103" i="3"/>
+  <c r="F79" i="3"/>
+  <c r="F98" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="F89" i="3"/>
+  <c r="F75" i="3"/>
+  <c r="F49" i="3"/>
+  <c r="F29" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="F45" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="F72" i="3"/>
+  <c r="F33" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="F56" i="3"/>
+  <c r="F94" i="3"/>
+  <c r="F90" i="3"/>
+  <c r="F44" i="3"/>
+  <c r="F105" i="3"/>
   <c r="F92" i="3"/>
+  <c r="F38" i="3"/>
+  <c r="F53" i="3"/>
+  <c r="F31" i="3"/>
+  <c r="F20" i="3"/>
+  <c r="F95" i="3"/>
+  <c r="F25" i="3"/>
+  <c r="F74" i="3"/>
+  <c r="F48" i="3"/>
   <c r="F108" i="3"/>
+  <c r="F97" i="3"/>
+  <c r="F86" i="3"/>
+  <c r="F41" i="3"/>
+  <c r="F55" i="3"/>
+  <c r="F102" i="3"/>
+  <c r="F88" i="3"/>
+  <c r="F61" i="3"/>
+  <c r="F39" i="3"/>
+  <c r="F81" i="3"/>
+  <c r="F110" i="3"/>
   <c r="F84" i="3"/>
+  <c r="F82" i="3"/>
+  <c r="F71" i="3"/>
+  <c r="F77" i="3"/>
+  <c r="F106" i="3"/>
+  <c r="F43" i="3"/>
+  <c r="F60" i="3"/>
+  <c r="F70" i="3"/>
+  <c r="F36" i="3"/>
   <c r="F96" i="3"/>
-  <c r="F109" i="3"/>
-[...11 lines deleted...]
-  <c r="F82" i="3"/>
   <c r="F65" i="3"/>
-  <c r="F40" i="3"/>
-[...11 lines deleted...]
-  <c r="F71" i="3"/>
   <c r="F37" i="3"/>
-  <c r="F111" i="3"/>
+  <c r="F80" i="3"/>
+  <c r="F64" i="3"/>
+  <c r="F76" i="3"/>
+  <c r="F100" i="3"/>
   <c r="F22" i="3"/>
-  <c r="F63" i="3"/>
-[...25 lines deleted...]
-  <c r="F58" i="3"/>
   <c r="F52" i="3"/>
-  <c r="F46" i="3"/>
+  <c r="F32" i="3"/>
   <c r="F69" i="3"/>
   <c r="F42" i="3"/>
   <c r="F104" i="3"/>
+  <c r="F109" i="3"/>
+  <c r="F40" i="3"/>
+  <c r="F111" i="3"/>
+  <c r="F59" i="3"/>
+  <c r="F58" i="3"/>
+  <c r="F24" i="3"/>
+  <c r="F78" i="3"/>
+  <c r="F35" i="3"/>
+  <c r="F14" i="3"/>
+  <c r="F107" i="3"/>
+  <c r="F17" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="F13" i="3"/>
+  <c r="F54" i="3"/>
+  <c r="F51" i="3"/>
+  <c r="F68" i="3"/>
   <c r="F85" i="3"/>
-  <c r="F93" i="3"/>
-[...7 lines deleted...]
-  <c r="F107" i="3"/>
+  <c r="F18" i="3"/>
+  <c r="F30" i="3"/>
+  <c r="F63" i="3"/>
+  <c r="F34" i="3"/>
+  <c r="F46" i="3"/>
   <c r="F66" i="3"/>
-  <c r="F39" i="3"/>
+  <c r="F57" i="3"/>
   <c r="F16" i="3"/>
-  <c r="F44" i="3"/>
-[...19 lines deleted...]
-  <c r="H27" i="3" l="1"/>
+  <c r="F26" i="3"/>
+  <c r="F99" i="3"/>
+  <c r="N12" i="3" l="1"/>
+  <c r="H27" i="3"/>
   <c r="I27" i="3" s="1"/>
   <c r="H110" i="3"/>
   <c r="I110" i="3" s="1"/>
   <c r="H26" i="3"/>
   <c r="I26" i="3" s="1"/>
   <c r="H37" i="3"/>
   <c r="I37" i="3" s="1"/>
   <c r="H66" i="3"/>
   <c r="I66" i="3" s="1"/>
   <c r="H24" i="3"/>
   <c r="I24" i="3" s="1"/>
   <c r="H95" i="3"/>
   <c r="I95" i="3" s="1"/>
   <c r="H16" i="3"/>
   <c r="I16" i="3" s="1"/>
   <c r="H39" i="3"/>
   <c r="I39" i="3" s="1"/>
   <c r="H28" i="3"/>
   <c r="I28" i="3" s="1"/>
   <c r="H60" i="3"/>
   <c r="I60" i="3" s="1"/>
   <c r="H97" i="3"/>
   <c r="I97" i="3" s="1"/>
   <c r="H90" i="3"/>
   <c r="I90" i="3" s="1"/>
@@ -971,61 +971,61 @@
   <c r="K99" i="3"/>
   <c r="K71" i="3"/>
   <c r="K84" i="3"/>
   <c r="K94" i="3"/>
   <c r="K81" i="3"/>
   <c r="K95" i="3"/>
   <c r="K90" i="3"/>
   <c r="K74" i="3"/>
   <c r="K77" i="3"/>
   <c r="K96" i="3"/>
   <c r="K26" i="3"/>
   <c r="K42" i="3"/>
   <c r="K73" i="3"/>
   <c r="K33" i="3"/>
   <c r="K29" i="3"/>
   <c r="K30" i="3"/>
   <c r="K104" i="3"/>
   <c r="K51" i="3"/>
   <c r="K38" i="3"/>
   <c r="K68" i="3"/>
   <c r="K44" i="3"/>
   <c r="K97" i="3"/>
   <c r="K39" i="3"/>
   <c r="K41" i="3"/>
   <c r="K50" i="3"/>
-  <c r="I13" i="3" l="1"/>
-  <c r="H5" i="3" s="1"/>
+  <c r="H7" i="3" l="1"/>
+  <c r="H4" i="3"/>
   <c r="H3" i="3"/>
   <c r="H6" i="3" s="1"/>
-  <c r="H4" i="3"/>
-  <c r="H7" i="3" s="1"/>
+  <c r="I13" i="3"/>
+  <c r="H5" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="659" uniqueCount="407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="662" uniqueCount="410">
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Patient 1</t>
   </si>
   <si>
     <t>Patient 2</t>
   </si>
   <si>
     <t>Patient 3</t>
   </si>
   <si>
     <t>Patient 4</t>
   </si>
   <si>
     <t>Patient 5</t>
   </si>
   <si>
     <t>Patient 6</t>
   </si>
   <si>
     <t>Patient 7</t>
   </si>
   <si>
@@ -2195,78 +2195,72 @@
   <si>
     <t xml:space="preserve">Appendicite de traitement non chirurgical </t>
   </si>
   <si>
     <t xml:space="preserve">Péritonite localisée </t>
   </si>
   <si>
     <t xml:space="preserve">Péritonite généralisée </t>
   </si>
   <si>
     <t>Péritonite post opératoire</t>
   </si>
   <si>
     <t>Cholécystite - vésicule perforée ou grade III</t>
   </si>
   <si>
     <t>Cholécystite - drainage percutané, ou non opéré, ou non drainée</t>
   </si>
   <si>
     <t xml:space="preserve">Infections respiratoires hautes </t>
   </si>
   <si>
     <t xml:space="preserve">Infections respiratoires basses </t>
   </si>
   <si>
-    <t>Antibiothérapie : réévaluations &amp; durées de traitement par rapport aux recommandations HAS et SPILF 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Nombre de dossiers pour lesquels la durée est conforme aux recommandations HAS/SPILF :</t>
   </si>
   <si>
     <t>Taux de traitements conformes aux recommandations HAS/SPILF :</t>
   </si>
   <si>
     <t>Taux de traitements non conformes aux recommandations HAS/SPILF mais justifiées :</t>
   </si>
   <si>
     <t>Autre indication (hors recommandations HAS/SPILF)</t>
   </si>
   <si>
     <t>Autre indication (hors recommandations HAS / SPILF)</t>
   </si>
   <si>
     <t>Durée conforme aux recommandations HAS / SPILF</t>
   </si>
   <si>
     <t>Indication hors référentiel HAS / SPILF</t>
   </si>
   <si>
     <t>Justification de la durée ATB par rapport aux recommandations HAS/SPILF</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nombre de dossiers pour lesquels la durée non conforme aux recommations HAS/SPILF est justifiée :</t>
   </si>
   <si>
     <t>Infections de dispositif électronique cardiaque implantable</t>
   </si>
   <si>
     <t>Infections digestives</t>
   </si>
   <si>
     <t>Infections peau et tissus mous</t>
   </si>
   <si>
     <t>Infections génitales hautes et infections sexuellement transmissibles</t>
   </si>
   <si>
     <t>Infections ORL de l enfant</t>
   </si>
   <si>
     <t>Infections osseuses natives</t>
   </si>
   <si>
     <t>Pied diabétique</t>
   </si>
   <si>
     <t>Ecart aux référentiels
 (en jours)</t>
@@ -2446,50 +2440,65 @@
     <t>https://www.infectiologie.com/fr/recommandations.html</t>
   </si>
   <si>
     <t>Antibiothérapie : réévaluations &amp; durées de traitement par rapport aux recommandations HAS et SPILF 2024</t>
   </si>
   <si>
     <t>OMA purulente : enfant &gt; 2 ans avec symptomes importants et si otorrhée ou otite récidivante</t>
   </si>
   <si>
     <t>Angine aiguë, enfant &lt; 3 ans et enfant &gt; 3 ans et test de diagnostic rapide négatif</t>
   </si>
   <si>
     <t>Coqueluche (traitée par clarithromycine)</t>
   </si>
   <si>
     <t>Diverticulite aiguë sigmoïdienne non compliquée en l'absence de signes de gravité</t>
   </si>
   <si>
     <t>HAS / SPILF</t>
   </si>
   <si>
     <t>Cystite aiguë de la femme enceinte (traitement probabiliste : fosfomycine)</t>
   </si>
   <si>
     <t>Cystite aiguë de la femme enceinte (en cas d'échec ou de résistance)</t>
+  </si>
+  <si>
+    <t>NON</t>
+  </si>
+  <si>
+    <t>Nombre de dossiers pour lesquels la durée non conforme aux recommandations HAS/SPILF est justifiée :</t>
+  </si>
+  <si>
+    <t>Antibiothérapie : réévaluations &amp; durées de traitement par rapport aux recommandations HAS et SPILF 2025</t>
+  </si>
+  <si>
+    <t>OUI implicite</t>
+  </si>
+  <si>
+    <t>OUI explicite</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yy"/>
   </numFmts>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3690,60 +3699,60 @@
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="2" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -5706,84 +5715,84 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infectiologie.com/fr/recommandations.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/upload/docs/application/pdf/2024-08/choix_et_durees_dantibiotherapie_synthese_actualisation_aout_2024__mel_v2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infectiologie.com/fr/recommandations.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="A1:AP18"/>
   <sheetViews>
     <sheetView zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
-      <selection activeCell="K24" sqref="K24"/>
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="23.25" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="23" style="106" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" style="106" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" s="102" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="139" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C1" s="139"/>
       <c r="D1" s="139"/>
       <c r="E1" s="139"/>
       <c r="F1" s="139"/>
       <c r="G1" s="139"/>
       <c r="H1" s="139"/>
       <c r="I1" s="103"/>
       <c r="J1" s="103"/>
       <c r="K1" s="103"/>
       <c r="L1" s="103"/>
       <c r="M1" s="103"/>
       <c r="N1" s="103"/>
       <c r="O1" s="103"/>
       <c r="P1" s="104"/>
       <c r="Q1" s="104"/>
       <c r="R1" s="104"/>
       <c r="S1" s="104"/>
       <c r="T1" s="104"/>
       <c r="U1" s="104"/>
       <c r="V1" s="104"/>
       <c r="W1" s="104"/>
       <c r="X1" s="104"/>
       <c r="Y1" s="104"/>
       <c r="Z1" s="104"/>
@@ -5897,88 +5906,88 @@
       <c r="B11" s="132"/>
       <c r="C11" s="136"/>
       <c r="D11" s="137"/>
       <c r="E11" s="138"/>
     </row>
     <row r="13" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="112"/>
       <c r="B13" s="113"/>
       <c r="C13" s="110"/>
       <c r="D13" s="111"/>
       <c r="E13" s="111"/>
       <c r="F13" s="111"/>
       <c r="G13" s="111"/>
       <c r="H13" s="111"/>
       <c r="I13" s="111"/>
       <c r="J13" s="111"/>
       <c r="K13" s="111"/>
       <c r="L13" s="111"/>
       <c r="M13" s="111"/>
     </row>
     <row r="14" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="108" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="109" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C14" s="129" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D14" s="111"/>
       <c r="E14" s="111"/>
       <c r="F14" s="111"/>
       <c r="G14" s="111"/>
       <c r="H14" s="111"/>
       <c r="I14" s="111"/>
       <c r="J14" s="111"/>
       <c r="K14" s="111"/>
       <c r="L14" s="111"/>
       <c r="M14" s="111"/>
     </row>
     <row r="15" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="112"/>
       <c r="B15" s="113"/>
       <c r="C15" s="129" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D15" s="111"/>
       <c r="E15" s="111"/>
       <c r="F15" s="111"/>
       <c r="G15" s="111"/>
       <c r="H15" s="111"/>
       <c r="I15" s="111"/>
       <c r="J15" s="111"/>
       <c r="K15" s="111"/>
       <c r="L15" s="111"/>
       <c r="M15" s="111"/>
     </row>
     <row r="16" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="112"/>
       <c r="B16" s="114"/>
       <c r="C16" s="129" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D16" s="111"/>
       <c r="E16" s="111"/>
       <c r="F16" s="111"/>
       <c r="G16" s="111"/>
       <c r="H16" s="111"/>
       <c r="I16" s="111"/>
       <c r="J16" s="111"/>
       <c r="K16" s="111"/>
       <c r="L16" s="111"/>
       <c r="M16" s="111"/>
     </row>
     <row r="17" spans="1:13" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="112"/>
       <c r="B17" s="114"/>
       <c r="C17" s="129"/>
       <c r="D17" s="111"/>
       <c r="E17" s="111"/>
       <c r="F17" s="111"/>
       <c r="G17" s="111"/>
       <c r="H17" s="111"/>
       <c r="I17" s="111"/>
       <c r="J17" s="111"/>
       <c r="K17" s="111"/>
       <c r="L17" s="111"/>
@@ -6011,527 +6020,528 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B12">
     <cfRule type="expression" dxfId="53" priority="2" stopIfTrue="1">
       <formula>$E1048547="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5">
     <cfRule type="expression" dxfId="52" priority="38" stopIfTrue="1">
       <formula>$H2="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5:C7">
     <cfRule type="expression" dxfId="51" priority="35" stopIfTrue="1">
       <formula>#REF!="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C11">
     <cfRule type="expression" dxfId="50" priority="6" stopIfTrue="1">
       <formula>#REF!="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="C15" r:id="rId1" xr:uid="{0967DD4C-A4A5-41A3-9022-2DBCE9FD61DE}"/>
     <hyperlink ref="C16" r:id="rId2" xr:uid="{C998CD2E-7F8D-40FF-93AB-0179F38C9FFD}"/>
+    <hyperlink ref="C14" r:id="rId3" xr:uid="{F20E7D5A-4D6F-432D-B636-EBDC6FECF772}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
-  <drawing r:id="rId4"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
+  <drawing r:id="rId5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1166" stopIfTrue="1" id="{1A46DD5E-A9B7-4820-89E4-2A226E7A5783}">
             <xm:f>'Grille audit'!#REF!="Autre indication"</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="1" tint="0.499984740745262"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="expression" priority="1167" stopIfTrue="1" id="{37424611-525A-4337-B9BC-5BC57BE97328}">
             <xm:f>'Grille audit'!$A3="Autre indication"</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="1" tint="0.499984740745262"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B1</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR179"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="E1" zoomScaleNormal="100" zoomScalePageLayoutView="50" workbookViewId="0">
-      <selection activeCell="J3" sqref="J3"/>
+      <selection activeCell="K8" sqref="K8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="3" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="3"/>
     <col min="3" max="3" width="11.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="45.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="75.42578125" style="3" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" style="7" customWidth="1"/>
     <col min="7" max="9" width="12.42578125" style="3" customWidth="1"/>
     <col min="10" max="10" width="65" style="3" customWidth="1"/>
     <col min="11" max="11" width="27.42578125" style="3" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="7" customWidth="1"/>
     <col min="13" max="13" width="16.5703125" style="3" customWidth="1"/>
     <col min="14" max="14" width="45.5703125" style="3" customWidth="1"/>
     <col min="15" max="15" width="25.42578125" style="3" customWidth="1"/>
     <col min="16" max="16" width="39" style="3" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" style="3" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="5" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="152" t="s">
-[...17 lines deleted...]
-      <c r="Q1" s="152"/>
+      <c r="A1" s="150" t="s">
+        <v>407</v>
+      </c>
+      <c r="B1" s="150"/>
+      <c r="C1" s="150"/>
+      <c r="D1" s="150"/>
+      <c r="E1" s="150"/>
+      <c r="F1" s="150"/>
+      <c r="G1" s="150"/>
+      <c r="H1" s="150"/>
+      <c r="I1" s="150"/>
+      <c r="J1" s="150"/>
+      <c r="K1" s="150"/>
+      <c r="L1" s="150"/>
+      <c r="M1" s="150"/>
+      <c r="N1" s="150"/>
+      <c r="O1" s="150"/>
+      <c r="P1" s="150"/>
+      <c r="Q1" s="150"/>
       <c r="R1" s="10"/>
       <c r="S1" s="23"/>
       <c r="T1" s="23"/>
       <c r="U1" s="23"/>
       <c r="V1" s="23"/>
       <c r="W1" s="23"/>
       <c r="X1" s="23"/>
       <c r="Y1" s="23"/>
       <c r="Z1" s="23"/>
       <c r="AA1" s="23"/>
       <c r="AB1" s="23"/>
       <c r="AC1" s="23"/>
       <c r="AD1" s="23"/>
       <c r="AE1" s="23"/>
       <c r="AF1" s="23"/>
       <c r="AG1" s="23"/>
       <c r="AH1" s="23"/>
       <c r="AI1" s="23"/>
       <c r="AJ1" s="23"/>
       <c r="AK1" s="23"/>
       <c r="AL1" s="23"/>
       <c r="AM1" s="23"/>
       <c r="AN1" s="23"/>
       <c r="AO1" s="23"/>
       <c r="AP1" s="23"/>
       <c r="AQ1" s="23"/>
       <c r="AR1" s="23"/>
     </row>
     <row r="2" spans="1:44" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="151"/>
-[...2 lines deleted...]
-      <c r="D2" s="150"/>
+      <c r="A2" s="152"/>
+      <c r="B2" s="152"/>
+      <c r="C2" s="151"/>
+      <c r="D2" s="151"/>
       <c r="E2" s="83" t="s">
         <v>228</v>
       </c>
       <c r="F2" s="86"/>
       <c r="G2" s="86"/>
       <c r="H2" s="153">
         <f>COUNTIF(E12:E161,"&lt;&gt;")</f>
         <v>0</v>
       </c>
       <c r="I2" s="153"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
       <c r="M2" s="11"/>
       <c r="N2" s="11"/>
       <c r="O2" s="11"/>
       <c r="P2" s="11"/>
       <c r="Q2" s="11"/>
       <c r="R2" s="23"/>
       <c r="S2" s="23"/>
       <c r="T2" s="23"/>
       <c r="U2" s="23"/>
       <c r="V2" s="23"/>
       <c r="W2" s="23"/>
       <c r="X2" s="23"/>
       <c r="Y2" s="23"/>
       <c r="Z2" s="23"/>
       <c r="AA2" s="23"/>
       <c r="AB2" s="23"/>
       <c r="AC2" s="23"/>
       <c r="AD2" s="23"/>
       <c r="AE2" s="23"/>
       <c r="AF2" s="23"/>
       <c r="AG2" s="23"/>
       <c r="AH2" s="23"/>
       <c r="AI2" s="23"/>
       <c r="AJ2" s="23"/>
       <c r="AK2" s="23"/>
       <c r="AL2" s="23"/>
       <c r="AM2" s="23"/>
       <c r="AN2" s="23"/>
       <c r="AO2" s="23"/>
       <c r="AP2" s="23"/>
       <c r="AQ2" s="23"/>
       <c r="AR2" s="23"/>
     </row>
     <row r="3" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="151"/>
-[...2 lines deleted...]
-      <c r="D3" s="150"/>
+      <c r="A3" s="152"/>
+      <c r="B3" s="152"/>
+      <c r="C3" s="151"/>
+      <c r="D3" s="151"/>
       <c r="E3" s="84" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="153">
         <f ca="1">COUNTIF(K12:K112,"OUI")</f>
         <v>0</v>
       </c>
       <c r="I3" s="153"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
       <c r="L3" s="11"/>
       <c r="M3" s="11"/>
       <c r="N3" s="17"/>
       <c r="O3" s="17"/>
       <c r="P3" s="11"/>
       <c r="Q3" s="11"/>
       <c r="R3" s="12"/>
       <c r="S3" s="12"/>
       <c r="T3" s="12"/>
       <c r="U3" s="12"/>
       <c r="V3" s="12"/>
       <c r="W3" s="12"/>
       <c r="X3" s="12"/>
       <c r="Y3" s="12"/>
       <c r="Z3" s="12"/>
       <c r="AA3" s="12"/>
       <c r="AB3" s="12"/>
       <c r="AC3" s="12"/>
       <c r="AD3" s="12"/>
       <c r="AE3" s="12"/>
       <c r="AF3" s="12"/>
       <c r="AG3" s="12"/>
       <c r="AH3" s="12"/>
       <c r="AI3" s="12"/>
       <c r="AJ3" s="12"/>
       <c r="AK3" s="12"/>
       <c r="AL3" s="12"/>
       <c r="AM3" s="12"/>
       <c r="AN3" s="12"/>
       <c r="AO3" s="12"/>
       <c r="AP3" s="12"/>
       <c r="AQ3" s="12"/>
       <c r="AR3" s="12"/>
     </row>
     <row r="4" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="151"/>
-[...2 lines deleted...]
-      <c r="D4" s="150"/>
+      <c r="A4" s="152"/>
+      <c r="B4" s="152"/>
+      <c r="C4" s="151"/>
+      <c r="D4" s="151"/>
       <c r="E4" s="84" t="s">
-        <v>357</v>
+        <v>406</v>
       </c>
       <c r="F4" s="11"/>
       <c r="G4" s="11"/>
       <c r="H4" s="153">
         <f>COUNTIFS(N12:N161,"Antibiothérapie justifiée")</f>
         <v>0</v>
       </c>
       <c r="I4" s="153"/>
       <c r="J4" s="11"/>
       <c r="K4" s="11"/>
       <c r="L4" s="11"/>
       <c r="M4" s="11"/>
       <c r="N4" s="18"/>
       <c r="O4" s="18"/>
       <c r="P4" s="11"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="12"/>
       <c r="S4" s="12"/>
       <c r="T4" s="12"/>
       <c r="U4" s="12"/>
       <c r="V4" s="12"/>
       <c r="W4" s="12"/>
       <c r="X4" s="12"/>
       <c r="Y4" s="12"/>
       <c r="Z4" s="12"/>
       <c r="AA4" s="12"/>
       <c r="AB4" s="12"/>
       <c r="AC4" s="12"/>
       <c r="AD4" s="12"/>
       <c r="AE4" s="12"/>
       <c r="AF4" s="12"/>
       <c r="AG4" s="12"/>
       <c r="AH4" s="12"/>
       <c r="AI4" s="12"/>
       <c r="AJ4" s="12"/>
       <c r="AK4" s="12"/>
       <c r="AL4" s="12"/>
       <c r="AM4" s="12"/>
       <c r="AN4" s="12"/>
       <c r="AO4" s="12"/>
       <c r="AP4" s="12"/>
       <c r="AQ4" s="12"/>
       <c r="AR4" s="12"/>
     </row>
     <row r="5" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="99"/>
       <c r="B5" s="99"/>
       <c r="C5" s="100"/>
       <c r="D5" s="100"/>
       <c r="E5" s="84" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="154" t="e">
         <f ca="1">AVERAGE(I12:I161)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I5" s="154"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
       <c r="M5" s="11"/>
       <c r="N5" s="18"/>
       <c r="O5" s="18"/>
       <c r="P5" s="11"/>
       <c r="Q5" s="11"/>
       <c r="R5" s="12"/>
       <c r="S5" s="12"/>
       <c r="T5" s="12"/>
       <c r="U5" s="12"/>
       <c r="V5" s="12"/>
       <c r="W5" s="12"/>
       <c r="X5" s="12"/>
       <c r="Y5" s="12"/>
       <c r="Z5" s="12"/>
       <c r="AA5" s="12"/>
       <c r="AB5" s="12"/>
       <c r="AC5" s="12"/>
       <c r="AD5" s="12"/>
       <c r="AE5" s="12"/>
       <c r="AF5" s="12"/>
       <c r="AG5" s="12"/>
       <c r="AH5" s="12"/>
       <c r="AI5" s="12"/>
       <c r="AJ5" s="12"/>
       <c r="AK5" s="12"/>
       <c r="AL5" s="12"/>
       <c r="AM5" s="12"/>
       <c r="AN5" s="12"/>
       <c r="AO5" s="12"/>
       <c r="AP5" s="12"/>
       <c r="AQ5" s="12"/>
       <c r="AR5" s="12"/>
     </row>
     <row r="6" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="36"/>
       <c r="B6" s="36"/>
       <c r="C6" s="37"/>
       <c r="D6" s="37"/>
       <c r="E6" s="84" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="155" t="e">
         <f ca="1">H3/H2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I6" s="155"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="18"/>
       <c r="O6" s="18"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
       <c r="V6" s="12"/>
       <c r="W6" s="12"/>
       <c r="X6" s="12"/>
       <c r="Y6" s="12"/>
       <c r="Z6" s="12"/>
       <c r="AA6" s="12"/>
       <c r="AB6" s="12"/>
       <c r="AC6" s="12"/>
       <c r="AD6" s="12"/>
       <c r="AE6" s="12"/>
       <c r="AF6" s="12"/>
       <c r="AG6" s="12"/>
       <c r="AH6" s="12"/>
       <c r="AI6" s="12"/>
       <c r="AJ6" s="12"/>
       <c r="AK6" s="12"/>
       <c r="AL6" s="12"/>
       <c r="AM6" s="12"/>
       <c r="AN6" s="12"/>
       <c r="AO6" s="12"/>
       <c r="AP6" s="12"/>
       <c r="AQ6" s="12"/>
       <c r="AR6" s="12"/>
     </row>
     <row r="7" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="151"/>
-[...2 lines deleted...]
-      <c r="D7" s="150"/>
+      <c r="A7" s="152"/>
+      <c r="B7" s="152"/>
+      <c r="C7" s="151"/>
+      <c r="D7" s="151"/>
       <c r="E7" s="84" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="155" t="e">
-        <f ca="1">COUNTIFS(K12:K161,"NON",L12:L161,"OUI")/H4</f>
+        <f ca="1">COUNTIFS(K12:K161,"NON",L12:L161,"OUI")/H2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I7" s="155"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
       <c r="N7" s="12"/>
       <c r="O7" s="12"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="11"/>
       <c r="R7" s="12"/>
       <c r="S7" s="12"/>
       <c r="T7" s="12"/>
       <c r="U7" s="12"/>
       <c r="V7" s="12"/>
       <c r="W7" s="12"/>
       <c r="X7" s="12"/>
       <c r="Y7" s="12"/>
       <c r="Z7" s="12"/>
       <c r="AA7" s="12"/>
       <c r="AB7" s="12"/>
       <c r="AC7" s="12"/>
       <c r="AD7" s="12"/>
       <c r="AE7" s="12"/>
       <c r="AF7" s="12"/>
       <c r="AG7" s="12"/>
       <c r="AH7" s="12"/>
       <c r="AI7" s="12"/>
       <c r="AJ7" s="12"/>
       <c r="AK7" s="12"/>
       <c r="AL7" s="12"/>
       <c r="AM7" s="12"/>
       <c r="AN7" s="12"/>
       <c r="AO7" s="12"/>
       <c r="AP7" s="12"/>
       <c r="AQ7" s="12"/>
       <c r="AR7" s="12"/>
     </row>
     <row r="8" spans="1:44" s="4" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="151"/>
-[...2 lines deleted...]
-      <c r="D8" s="150"/>
+      <c r="A8" s="152"/>
+      <c r="B8" s="152"/>
+      <c r="C8" s="151"/>
+      <c r="D8" s="151"/>
       <c r="E8" s="85" t="s">
         <v>229</v>
       </c>
       <c r="F8" s="87"/>
       <c r="G8" s="87"/>
       <c r="H8" s="155" t="e">
         <f>((COUNTIFS(O12:O161,"OUI explicite"))+(COUNTIFS(O12:O161,"OUI implicite")))/H2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I8" s="155"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="12"/>
       <c r="S8" s="12"/>
       <c r="T8" s="12"/>
       <c r="U8" s="12"/>
       <c r="V8" s="12"/>
       <c r="W8" s="12"/>
       <c r="X8" s="12"/>
       <c r="Y8" s="12"/>
       <c r="Z8" s="12"/>
       <c r="AA8" s="12"/>
       <c r="AB8" s="12"/>
       <c r="AC8" s="12"/>
       <c r="AD8" s="12"/>
       <c r="AE8" s="12"/>
       <c r="AF8" s="12"/>
       <c r="AG8" s="12"/>
       <c r="AH8" s="12"/>
       <c r="AI8" s="12"/>
       <c r="AJ8" s="12"/>
       <c r="AK8" s="12"/>
       <c r="AL8" s="12"/>
       <c r="AM8" s="12"/>
       <c r="AN8" s="12"/>
       <c r="AO8" s="12"/>
       <c r="AP8" s="12"/>
       <c r="AQ8" s="12"/>
       <c r="AR8" s="12"/>
     </row>
     <row r="9" spans="1:44" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="151"/>
-[...2 lines deleted...]
-      <c r="D9" s="150"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="152"/>
+      <c r="C9" s="151"/>
+      <c r="D9" s="151"/>
       <c r="E9" s="14"/>
       <c r="F9" s="15"/>
       <c r="G9" s="14"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="14"/>
       <c r="L9" s="16"/>
       <c r="M9" s="13"/>
       <c r="N9" s="13"/>
       <c r="O9" s="13"/>
       <c r="P9" s="13"/>
       <c r="Q9" s="13"/>
       <c r="R9" s="12"/>
       <c r="S9" s="12"/>
       <c r="T9" s="12"/>
       <c r="U9" s="12"/>
       <c r="V9" s="12"/>
       <c r="W9" s="12"/>
       <c r="X9" s="12"/>
       <c r="Y9" s="12"/>
       <c r="Z9" s="12"/>
       <c r="AA9" s="12"/>
       <c r="AB9" s="12"/>
       <c r="AC9" s="12"/>
@@ -6598,78 +6608,78 @@
       <c r="AR10" s="12"/>
     </row>
     <row r="11" spans="1:44" s="4" customFormat="1" ht="94.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>124</v>
       </c>
       <c r="C11" s="31" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="21" t="s">
         <v>122</v>
       </c>
       <c r="E11" s="21" t="s">
         <v>143</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>230</v>
       </c>
       <c r="G11" s="21" t="s">
         <v>231</v>
       </c>
       <c r="H11" s="20" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="I11" s="20" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="J11" s="32" t="s">
         <v>144</v>
       </c>
       <c r="K11" s="20" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="L11" s="21" t="s">
         <v>145</v>
       </c>
       <c r="M11" s="21" t="s">
         <v>138</v>
       </c>
       <c r="N11" s="34" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="O11" s="35" t="s">
         <v>139</v>
       </c>
       <c r="P11" s="21" t="s">
         <v>138</v>
       </c>
       <c r="Q11" s="21" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="R11" s="12"/>
       <c r="S11" s="12"/>
       <c r="T11" s="12"/>
       <c r="U11" s="12"/>
       <c r="V11" s="12"/>
       <c r="W11" s="12"/>
       <c r="X11" s="12"/>
       <c r="Y11" s="12"/>
       <c r="Z11" s="12"/>
       <c r="AA11" s="12"/>
       <c r="AB11" s="12"/>
       <c r="AC11" s="12"/>
       <c r="AD11" s="12"/>
       <c r="AE11" s="12"/>
       <c r="AF11" s="12"/>
       <c r="AG11" s="12"/>
       <c r="AH11" s="12"/>
       <c r="AI11" s="12"/>
       <c r="AJ11" s="12"/>
       <c r="AK11" s="12"/>
       <c r="AL11" s="12"/>
       <c r="AM11" s="12"/>
       <c r="AN11" s="12"/>
       <c r="AO11" s="12"/>
@@ -6690,51 +6700,53 @@
       <c r="E12" s="28"/>
       <c r="F12" s="26" t="e">
         <f ca="1">INDEX(OFFSET(INDIRECT(SUBSTITUTE(D12," ","_")),,1),MATCH(E12,INDIRECT(SUBSTITUTE(D12," ","_")),0))</f>
         <v>#REF!</v>
       </c>
       <c r="G12" s="94"/>
       <c r="H12" s="25" t="str">
         <f ca="1">IFERROR((G12-F12),"-")</f>
         <v>-</v>
       </c>
       <c r="I12" s="101" t="str">
         <f ca="1">IFERROR((ABS(H12/F12)),"-")</f>
         <v>-</v>
       </c>
       <c r="J12" s="27"/>
       <c r="K12" s="25" t="e">
         <f ca="1">IF(F12="NA","NA",IF(F12&lt;&gt;G12,"NON","OUI"))</f>
         <v>#REF!</v>
       </c>
       <c r="L12" s="29"/>
       <c r="M12" s="30"/>
       <c r="N12" s="33" t="str">
         <f>IF(D12="Autre indication","Le patient ne respecte pas les critères d'inclusion",IF(D12="Indication non retrouvée","Antibiothérapie non justifiée",IF(E12="Autre indication (hors reco SPILF)","Le patient ne respecte pas les critères d'inclusion",IF(E12="Indication précise non retrouvée","Antibiothérapie non justifiée",IF(G12="","Veuillez saisir la durée de traitement ATB retrouvée",IF(K12="OUI","Antibiothérapie justifiée",IF(L12="OUI","Antibiothérapie justifiée","Antibiothérapie non justifiée")))))))</f>
         <v>Veuillez saisir la durée de traitement ATB retrouvée</v>
       </c>
-      <c r="O12" s="127"/>
+      <c r="O12" s="127" t="s">
+        <v>408</v>
+      </c>
       <c r="P12" s="30"/>
       <c r="Q12" s="30"/>
       <c r="R12" s="22"/>
       <c r="S12" s="22"/>
       <c r="T12" s="22"/>
       <c r="U12" s="22"/>
       <c r="V12" s="22"/>
       <c r="W12" s="22"/>
       <c r="X12" s="22"/>
       <c r="Y12" s="22"/>
       <c r="Z12" s="22"/>
       <c r="AA12" s="22"/>
       <c r="AB12" s="22"/>
       <c r="AC12" s="22"/>
       <c r="AD12" s="22"/>
       <c r="AE12" s="22"/>
       <c r="AF12" s="22"/>
       <c r="AG12" s="22"/>
       <c r="AH12" s="22"/>
       <c r="AI12" s="22"/>
       <c r="AJ12" s="22"/>
       <c r="AK12" s="22"/>
       <c r="AL12" s="22"/>
       <c r="AM12" s="22"/>
       <c r="AN12" s="22"/>
@@ -6753,54 +6765,56 @@
       </c>
       <c r="C13" s="40"/>
       <c r="D13" s="27"/>
       <c r="E13" s="28"/>
       <c r="F13" s="26" t="e">
         <f t="shared" ref="F13:F17" ca="1" si="0">INDEX(OFFSET(INDIRECT(SUBSTITUTE(D13," ","_")),,1),MATCH(E13,INDIRECT(SUBSTITUTE(D13," ","_")),0))</f>
         <v>#REF!</v>
       </c>
       <c r="G13" s="94"/>
       <c r="H13" s="25" t="str">
         <f t="shared" ref="H13:H76" ca="1" si="1">IFERROR((G13-F13),"-")</f>
         <v>-</v>
       </c>
       <c r="I13" s="101" t="str">
         <f t="shared" ref="I13:I76" ca="1" si="2">IFERROR((ABS(H13/F13)),"-")</f>
         <v>-</v>
       </c>
       <c r="J13" s="28"/>
       <c r="K13" s="25" t="e">
         <f t="shared" ref="K13:K76" ca="1" si="3">IF(F13="NA","NA",IF(F13&lt;&gt;G13,"NON","OUI"))</f>
         <v>#REF!</v>
       </c>
       <c r="L13" s="30"/>
       <c r="M13" s="30"/>
       <c r="N13" s="33" t="str">
-        <f t="shared" ref="N13:N76" si="4">IF(D13="Autre indication","Le patient ne respecte pas les critères d'inclusion",IF(D13="Indication non retrouvée","Antibiothérapie non justifiée",IF(E13="Autre indication (hors reco SPILF)","Le patient ne respecte pas les critères d'inclusion",IF(E13="Indication précise non retrouvée","Antibiothérapie non justifiée",IF(G13="","Veuillez saisir la durée de traitement ATB retrouvée",IF(K13="OUI","Antibiothérapie justifiée",IF(L13="OUI","Antibiothérapie justifiée","Antibiothérapie non justifiée")))))))</f>
+        <f>IF(D13="Autre indication","Le patient ne respecte pas les critères d'inclusion",IF(D13="Indication non retrouvée","Antibiothérapie non justifiée",IF(E13="Autre indication (hors reco SPILF)","Le patient ne respecte pas les critères d'inclusion",IF(E13="Indication précise non retrouvée","Antibiothérapie non justifiée",IF(G13="","Veuillez saisir la durée de traitement ATB retrouvée",IF(K13="OUI","Antibiothérapie justifiée",IF(L13="OUI","Antibiothérapie justifiée","Antibiothérapie non justifiée")))))))</f>
         <v>Veuillez saisir la durée de traitement ATB retrouvée</v>
       </c>
-      <c r="O13" s="127"/>
+      <c r="O13" s="127" t="s">
+        <v>405</v>
+      </c>
       <c r="P13" s="30"/>
       <c r="Q13" s="30"/>
       <c r="R13" s="22"/>
       <c r="S13" s="22"/>
       <c r="T13" s="22"/>
       <c r="U13" s="22"/>
       <c r="V13" s="22"/>
       <c r="W13" s="22"/>
       <c r="X13" s="22"/>
       <c r="Y13" s="22"/>
       <c r="Z13" s="22"/>
       <c r="AA13" s="22"/>
       <c r="AB13" s="22"/>
       <c r="AC13" s="22"/>
       <c r="AD13" s="22"/>
       <c r="AE13" s="22"/>
       <c r="AF13" s="22"/>
       <c r="AG13" s="22"/>
       <c r="AH13" s="22"/>
       <c r="AI13" s="22"/>
       <c r="AJ13" s="22"/>
       <c r="AK13" s="22"/>
       <c r="AL13" s="22"/>
       <c r="AM13" s="22"/>
       <c r="AN13" s="22"/>
@@ -6819,54 +6833,56 @@
       </c>
       <c r="C14" s="40"/>
       <c r="D14" s="27"/>
       <c r="E14" s="28"/>
       <c r="F14" s="26" t="e">
         <f t="shared" ca="1" si="0"/>
         <v>#REF!</v>
       </c>
       <c r="G14" s="94"/>
       <c r="H14" s="25" t="str">
         <f t="shared" ca="1" si="1"/>
         <v>-</v>
       </c>
       <c r="I14" s="101" t="str">
         <f t="shared" ca="1" si="2"/>
         <v>-</v>
       </c>
       <c r="J14" s="28"/>
       <c r="K14" s="25" t="e">
         <f t="shared" ca="1" si="3"/>
         <v>#REF!</v>
       </c>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="33" t="str">
-        <f t="shared" si="4"/>
+        <f t="shared" ref="N13:N76" si="4">IF(D14="Autre indication","Le patient ne respecte pas les critères d'inclusion",IF(D14="Indication non retrouvée","Antibiothérapie non justifiée",IF(E14="Autre indication (hors reco SPILF)","Le patient ne respecte pas les critères d'inclusion",IF(E14="Indication précise non retrouvée","Antibiothérapie non justifiée",IF(G14="","Veuillez saisir la durée de traitement ATB retrouvée",IF(K14="OUI","Antibiothérapie justifiée",IF(L14="OUI","Antibiothérapie justifiée","Antibiothérapie non justifiée")))))))</f>
         <v>Veuillez saisir la durée de traitement ATB retrouvée</v>
       </c>
-      <c r="O14" s="127"/>
+      <c r="O14" s="127" t="s">
+        <v>409</v>
+      </c>
       <c r="P14" s="30"/>
       <c r="Q14" s="30"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
       <c r="Y14" s="22"/>
       <c r="Z14" s="22"/>
       <c r="AA14" s="22"/>
       <c r="AB14" s="22"/>
       <c r="AC14" s="22"/>
       <c r="AD14" s="22"/>
       <c r="AE14" s="22"/>
       <c r="AF14" s="22"/>
       <c r="AG14" s="22"/>
       <c r="AH14" s="22"/>
       <c r="AI14" s="22"/>
       <c r="AJ14" s="22"/>
       <c r="AK14" s="22"/>
       <c r="AL14" s="22"/>
       <c r="AM14" s="22"/>
       <c r="AN14" s="22"/>
@@ -16337,70 +16353,70 @@
     <row r="173" spans="1:17" x14ac:dyDescent="0.25">
       <c r="D173"/>
     </row>
     <row r="174" spans="1:17" x14ac:dyDescent="0.25">
       <c r="D174"/>
     </row>
     <row r="175" spans="1:17" x14ac:dyDescent="0.25">
       <c r="D175"/>
     </row>
     <row r="176" spans="1:17" x14ac:dyDescent="0.25">
       <c r="D176"/>
     </row>
     <row r="177" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D177"/>
     </row>
     <row r="178" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D178"/>
     </row>
     <row r="179" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D179"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A11:Q161" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="20">
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="H8:I8"/>
-    <mergeCell ref="C9:D9"/>
-[...5 lines deleted...]
-    <mergeCell ref="C4:D4"/>
   </mergeCells>
   <conditionalFormatting sqref="A1">
     <cfRule type="expression" dxfId="49" priority="1185" stopIfTrue="1">
       <formula>$A3="Autre indication"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="48" priority="1184" stopIfTrue="1">
       <formula>#REF!="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A2:A6">
     <cfRule type="expression" dxfId="47" priority="109" stopIfTrue="1">
       <formula>$D1048567="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7:A9">
     <cfRule type="expression" dxfId="46" priority="104" stopIfTrue="1">
       <formula>$D1048570="Autre indication"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11">
     <cfRule type="expression" dxfId="45" priority="83" stopIfTrue="1">
       <formula>$E11="Autre indication (hors reco SPILF)"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11:A161">
@@ -16715,54 +16731,54 @@
       <c r="A10" t="s">
         <v>126</v>
       </c>
       <c r="B10" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>128</v>
       </c>
       <c r="B11" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>136</v>
       </c>
       <c r="B12" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B13" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil4"/>
   <dimension ref="A1:AK38"/>
   <sheetViews>
     <sheetView topLeftCell="L13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="T38" sqref="T38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="54.5703125" customWidth="1"/>
     <col min="2" max="2" width="58.28515625" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" customWidth="1"/>
     <col min="4" max="4" width="62.5703125" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="76" customWidth="1"/>
     <col min="7" max="7" width="10.42578125" customWidth="1"/>
@@ -16774,234 +16790,234 @@
     <col min="13" max="13" width="9.28515625" customWidth="1"/>
     <col min="14" max="14" width="26.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8" customWidth="1"/>
     <col min="16" max="16" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" customWidth="1"/>
     <col min="18" max="18" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" customWidth="1"/>
     <col min="20" max="20" width="84.140625" customWidth="1"/>
     <col min="21" max="21" width="11.28515625" customWidth="1"/>
     <col min="22" max="22" width="30.5703125" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" customWidth="1"/>
     <col min="24" max="24" width="19" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="9.5703125" customWidth="1"/>
     <col min="26" max="26" width="19" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="9.5703125" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="9.5703125" customWidth="1"/>
     <col min="30" max="30" width="18" customWidth="1"/>
     <col min="31" max="31" width="9.5703125" customWidth="1"/>
     <col min="32" max="32" width="37.42578125" customWidth="1"/>
     <col min="33" max="33" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
     </row>
     <row r="2" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A3" s="39" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A6" s="115" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="8" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="9" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
     </row>
     <row r="10" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="12" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
     </row>
     <row r="13" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:37" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B16" s="97" t="s">
         <v>314</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D16" s="97" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F16" s="97" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="H16" s="97" t="s">
         <v>274</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="J16" s="97" t="s">
         <v>266</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="L16" s="97" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="N16" s="97" t="s">
         <v>275</v>
       </c>
       <c r="O16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="P16" s="97" t="s">
         <v>52</v>
       </c>
       <c r="Q16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="R16" s="97" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="S16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="T16" s="116" t="s">
         <v>63</v>
       </c>
       <c r="U16" s="116" t="s">
         <v>121</v>
       </c>
       <c r="V16" s="2" t="s">
         <v>296</v>
       </c>
       <c r="W16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="X16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="Y16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="Z16" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="AA16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="AB16" s="97" t="s">
         <v>282</v>
       </c>
       <c r="AC16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="AD16" s="97" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="AE16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="AF16" s="92"/>
       <c r="AH16" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AI16" s="2" t="s">
         <v>121</v>
       </c>
       <c r="AJ16" s="2" t="s">
         <v>119</v>
       </c>
       <c r="AK16" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B17" s="60" t="s">
         <v>312</v>
       </c>
       <c r="C17" s="61">
         <v>7</v>
       </c>
       <c r="D17" s="60" t="s">
         <v>307</v>
       </c>
       <c r="E17" s="61">
         <v>3</v>
       </c>
       <c r="F17" s="60" t="s">
         <v>316</v>
       </c>
       <c r="G17" s="61">
         <v>28</v>
       </c>
       <c r="H17" s="42" t="s">
         <v>204</v>
       </c>
       <c r="I17" s="43">
         <v>7</v>
       </c>
@@ -17014,942 +17030,942 @@
       <c r="L17" s="60" t="s">
         <v>331</v>
       </c>
       <c r="M17" s="61">
         <v>1</v>
       </c>
       <c r="N17" s="78" t="s">
         <v>276</v>
       </c>
       <c r="O17" s="61">
         <v>42</v>
       </c>
       <c r="P17" s="69" t="s">
         <v>286</v>
       </c>
       <c r="Q17" s="70">
         <v>5</v>
       </c>
       <c r="R17" s="42" t="s">
         <v>202</v>
       </c>
       <c r="S17" s="46">
         <v>5</v>
       </c>
       <c r="T17" s="117" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="U17" s="118">
         <v>1</v>
       </c>
       <c r="V17" s="60" t="s">
         <v>297</v>
       </c>
       <c r="W17" s="61">
         <v>10</v>
       </c>
       <c r="X17" s="60" t="s">
         <v>272</v>
       </c>
       <c r="Y17" s="61">
         <v>3</v>
       </c>
       <c r="Z17" s="60" t="s">
         <v>324</v>
       </c>
       <c r="AA17" s="61">
         <v>7</v>
       </c>
       <c r="AB17" s="60" t="s">
         <v>283</v>
       </c>
       <c r="AC17" s="61">
         <v>42</v>
       </c>
       <c r="AD17" s="42" t="s">
         <v>203</v>
       </c>
       <c r="AE17" s="43">
         <v>0</v>
       </c>
       <c r="AF17" s="52"/>
       <c r="AG17" s="54"/>
       <c r="AH17" s="93" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AI17" t="s">
         <v>120</v>
       </c>
       <c r="AJ17" t="s">
         <v>119</v>
       </c>
       <c r="AK17" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>119</v>
       </c>
       <c r="B18" s="57" t="s">
         <v>313</v>
       </c>
       <c r="C18" s="58">
         <v>14</v>
       </c>
       <c r="D18" s="57" t="s">
         <v>308</v>
       </c>
       <c r="E18" s="44">
         <v>7</v>
       </c>
       <c r="F18" s="57" t="s">
         <v>317</v>
       </c>
       <c r="G18" s="58">
         <v>14</v>
       </c>
       <c r="H18" s="41" t="s">
         <v>206</v>
       </c>
       <c r="I18" s="44">
         <v>7</v>
       </c>
       <c r="J18" s="57" t="s">
         <v>267</v>
       </c>
       <c r="K18" s="58">
         <v>1</v>
       </c>
       <c r="L18" s="57" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="M18" s="58">
         <v>3</v>
       </c>
       <c r="N18" s="76" t="s">
         <v>277</v>
       </c>
       <c r="O18" s="58">
         <v>28</v>
       </c>
       <c r="P18" s="71" t="s">
         <v>287</v>
       </c>
       <c r="Q18" s="72">
         <v>7</v>
       </c>
       <c r="R18" s="41" t="s">
         <v>205</v>
       </c>
       <c r="S18" s="44">
         <v>7</v>
       </c>
       <c r="T18" s="119" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="U18" s="120">
         <v>3</v>
       </c>
       <c r="V18" s="57" t="s">
         <v>298</v>
       </c>
       <c r="W18" s="58">
         <v>5</v>
       </c>
       <c r="X18" s="57" t="s">
         <v>273</v>
       </c>
       <c r="Y18" s="58">
         <v>7</v>
       </c>
       <c r="Z18" s="57" t="s">
         <v>325</v>
       </c>
       <c r="AA18" s="58">
         <v>7</v>
       </c>
       <c r="AB18" s="57" t="s">
         <v>284</v>
       </c>
       <c r="AC18" s="58">
         <v>2</v>
       </c>
       <c r="AD18" s="41" t="s">
         <v>246</v>
       </c>
       <c r="AE18" s="44" t="s">
         <v>120</v>
       </c>
       <c r="AF18" s="51"/>
       <c r="AG18" s="55"/>
     </row>
     <row r="19" spans="1:37" x14ac:dyDescent="0.25">
       <c r="B19" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C19" s="58" t="s">
         <v>120</v>
       </c>
       <c r="D19" s="57" t="s">
         <v>309</v>
       </c>
       <c r="E19" s="44">
         <v>14</v>
       </c>
       <c r="F19" s="57" t="s">
         <v>318</v>
       </c>
       <c r="G19" s="58">
         <v>42</v>
       </c>
       <c r="H19" s="41" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="I19" s="44">
         <v>1</v>
       </c>
       <c r="J19" s="57" t="s">
         <v>268</v>
       </c>
       <c r="K19" s="58">
         <v>10</v>
       </c>
       <c r="L19" s="57" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="M19" s="58">
         <v>5</v>
       </c>
       <c r="N19" s="76" t="s">
         <v>278</v>
       </c>
       <c r="O19" s="58">
         <v>7</v>
       </c>
       <c r="P19" s="71" t="s">
         <v>288</v>
       </c>
       <c r="Q19" s="72">
         <v>7</v>
       </c>
       <c r="R19" s="41" t="s">
         <v>207</v>
       </c>
       <c r="S19" s="44">
         <v>7</v>
       </c>
       <c r="T19" s="119" t="s">
         <v>257</v>
       </c>
       <c r="U19" s="121">
         <v>3</v>
       </c>
       <c r="V19" s="57" t="s">
         <v>299</v>
       </c>
       <c r="W19" s="58">
         <v>21</v>
       </c>
       <c r="X19" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="Y19" s="58" t="s">
         <v>120</v>
       </c>
       <c r="Z19" s="57" t="s">
         <v>326</v>
       </c>
       <c r="AA19" s="58">
         <v>14</v>
       </c>
       <c r="AB19" s="57" t="s">
         <v>285</v>
       </c>
       <c r="AC19" s="58">
         <v>7</v>
       </c>
       <c r="AD19" s="41" t="s">
         <v>247</v>
       </c>
       <c r="AE19" s="44">
         <v>10</v>
       </c>
       <c r="AF19" s="51"/>
       <c r="AG19" s="55"/>
     </row>
     <row r="20" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="53" t="s">
         <v>125</v>
       </c>
       <c r="C20" s="59" t="s">
         <v>120</v>
       </c>
       <c r="D20" s="57" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E20" s="98">
         <v>21</v>
       </c>
       <c r="F20" s="57" t="s">
         <v>319</v>
       </c>
       <c r="G20" s="58">
         <v>28</v>
       </c>
       <c r="H20" s="41" t="s">
         <v>212</v>
       </c>
       <c r="I20" s="44">
         <v>7</v>
       </c>
       <c r="J20" s="57" t="s">
         <v>270</v>
       </c>
       <c r="K20" s="58">
         <v>14</v>
       </c>
       <c r="L20" s="57" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="M20" s="58">
         <v>7</v>
       </c>
       <c r="N20" s="76" t="s">
         <v>279</v>
       </c>
       <c r="O20" s="58">
         <v>14</v>
       </c>
       <c r="P20" s="71" t="s">
         <v>291</v>
       </c>
       <c r="Q20" s="72">
         <v>14</v>
       </c>
       <c r="R20" s="41" t="s">
         <v>210</v>
       </c>
       <c r="S20" s="44">
         <v>7</v>
       </c>
       <c r="T20" s="119" t="s">
         <v>258</v>
       </c>
       <c r="U20" s="121">
         <v>5</v>
       </c>
       <c r="V20" s="57" t="s">
         <v>300</v>
       </c>
       <c r="W20" s="58">
         <v>14</v>
       </c>
       <c r="X20" s="53" t="s">
         <v>125</v>
       </c>
       <c r="Y20" s="59" t="s">
         <v>120</v>
       </c>
       <c r="Z20" s="57" t="s">
         <v>327</v>
       </c>
       <c r="AA20" s="58">
         <v>7</v>
       </c>
       <c r="AB20" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AC20" s="58" t="s">
         <v>120</v>
       </c>
       <c r="AD20" s="41" t="s">
         <v>208</v>
       </c>
       <c r="AE20" s="44">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D21" s="41" t="s">
         <v>310</v>
       </c>
       <c r="E21" s="44">
         <v>14</v>
       </c>
       <c r="F21" s="57" t="s">
         <v>320</v>
       </c>
       <c r="G21" s="58">
         <v>42</v>
       </c>
       <c r="H21" s="41" t="s">
         <v>215</v>
       </c>
       <c r="I21" s="44">
         <v>5</v>
       </c>
       <c r="J21" s="51" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="K21" s="58" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="57" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="M21" s="58">
         <v>5</v>
       </c>
       <c r="N21" s="76" t="s">
         <v>280</v>
       </c>
       <c r="O21" s="58">
         <v>42</v>
       </c>
       <c r="P21" s="71" t="s">
         <v>289</v>
       </c>
       <c r="Q21" s="72">
         <v>7</v>
       </c>
       <c r="R21" s="41" t="s">
         <v>216</v>
       </c>
       <c r="S21" s="44">
         <v>0</v>
       </c>
       <c r="T21" s="119" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="U21" s="124">
         <v>7</v>
       </c>
       <c r="V21" s="57" t="s">
         <v>301</v>
       </c>
       <c r="W21" s="58">
         <v>7</v>
       </c>
       <c r="Z21" s="57" t="s">
         <v>329</v>
       </c>
       <c r="AA21" s="58">
         <v>14</v>
       </c>
       <c r="AB21" s="53" t="s">
         <v>125</v>
       </c>
       <c r="AC21" s="59" t="s">
         <v>120</v>
       </c>
       <c r="AD21" s="41" t="s">
         <v>211</v>
       </c>
       <c r="AE21" s="44">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D22" s="41" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E22" s="44">
         <v>10</v>
       </c>
       <c r="F22" s="57" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G22" s="58">
         <v>28</v>
       </c>
       <c r="H22" s="41" t="s">
         <v>218</v>
       </c>
       <c r="I22" s="44">
         <v>7</v>
       </c>
       <c r="J22" s="53" t="s">
         <v>125</v>
       </c>
       <c r="K22" s="59" t="s">
         <v>120</v>
       </c>
       <c r="L22" s="57" t="s">
         <v>335</v>
       </c>
       <c r="M22" s="58">
         <v>10</v>
       </c>
       <c r="N22" s="77" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="O22" s="58" t="s">
         <v>120</v>
       </c>
       <c r="P22" s="71" t="s">
         <v>290</v>
       </c>
       <c r="Q22" s="72">
         <v>7</v>
       </c>
       <c r="R22" s="41" t="s">
         <v>244</v>
       </c>
       <c r="S22" s="44">
         <v>0</v>
       </c>
       <c r="T22" s="122" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="U22" s="121" t="s">
         <v>120</v>
       </c>
       <c r="V22" s="57" t="s">
         <v>302</v>
       </c>
       <c r="W22" s="58">
         <v>21</v>
       </c>
       <c r="Z22" s="57" t="s">
         <v>328</v>
       </c>
       <c r="AA22" s="58">
         <v>42</v>
       </c>
       <c r="AD22" s="41" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="AE22" s="128">
         <v>10</v>
       </c>
       <c r="AF22" s="51"/>
       <c r="AG22" s="55"/>
     </row>
     <row r="23" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D23" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="E23" s="44" t="s">
         <v>120</v>
       </c>
       <c r="F23" s="57" t="s">
         <v>322</v>
       </c>
       <c r="G23" s="58">
         <v>42</v>
       </c>
       <c r="H23" s="41" t="s">
         <v>220</v>
       </c>
       <c r="I23" s="44">
         <v>0</v>
       </c>
       <c r="L23" s="57" t="s">
         <v>337</v>
       </c>
       <c r="M23" s="58">
         <v>28</v>
       </c>
       <c r="N23" s="79" t="s">
         <v>125</v>
       </c>
       <c r="O23" s="59" t="s">
         <v>120</v>
       </c>
       <c r="P23" s="71" t="s">
         <v>292</v>
       </c>
       <c r="Q23" s="72">
         <v>15</v>
       </c>
       <c r="R23" s="41" t="s">
         <v>245</v>
       </c>
       <c r="S23" s="44">
         <v>6</v>
       </c>
       <c r="T23" s="122" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="U23" s="123">
         <v>7</v>
       </c>
       <c r="V23" s="57" t="s">
         <v>303</v>
       </c>
       <c r="W23" s="58">
         <v>365</v>
       </c>
       <c r="Z23" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AA23" s="58" t="s">
         <v>120</v>
       </c>
       <c r="AD23" s="41" t="s">
         <v>214</v>
       </c>
       <c r="AE23" s="44">
         <v>10</v>
       </c>
       <c r="AF23" s="51"/>
       <c r="AG23" s="55"/>
     </row>
     <row r="24" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D24" s="53" t="s">
         <v>125</v>
       </c>
       <c r="E24" s="45" t="s">
         <v>120</v>
       </c>
       <c r="F24" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="G24" s="58" t="s">
         <v>120</v>
       </c>
       <c r="H24" s="41" t="s">
         <v>222</v>
       </c>
       <c r="I24" s="44">
         <v>5</v>
       </c>
       <c r="L24" s="57" t="s">
         <v>338</v>
       </c>
       <c r="M24" s="58">
         <v>5</v>
       </c>
       <c r="P24" s="71" t="s">
         <v>293</v>
       </c>
       <c r="Q24" s="72">
         <v>5</v>
       </c>
       <c r="R24" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="S24" s="44" t="s">
         <v>120</v>
       </c>
       <c r="T24" s="122" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="U24" s="123">
         <v>1</v>
       </c>
       <c r="V24" s="57" t="s">
         <v>305</v>
       </c>
       <c r="W24" s="58">
         <v>42</v>
       </c>
       <c r="Z24" s="53" t="s">
         <v>125</v>
       </c>
       <c r="AA24" s="59" t="s">
         <v>120</v>
       </c>
       <c r="AD24" s="41" t="s">
         <v>217</v>
       </c>
       <c r="AE24" s="44">
         <v>10</v>
       </c>
       <c r="AF24" s="51"/>
       <c r="AG24" s="55"/>
     </row>
     <row r="25" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="F25" s="53" t="s">
         <v>125</v>
       </c>
       <c r="G25" s="59" t="s">
         <v>120</v>
       </c>
       <c r="H25" s="41" t="s">
         <v>223</v>
       </c>
       <c r="I25" s="44">
         <v>5</v>
       </c>
       <c r="L25" s="57" t="s">
         <v>339</v>
       </c>
       <c r="M25" s="58">
         <v>1</v>
       </c>
       <c r="P25" s="71" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="Q25" s="72">
         <v>3</v>
       </c>
       <c r="R25" s="53" t="s">
         <v>125</v>
       </c>
       <c r="S25" s="45" t="s">
         <v>120</v>
       </c>
       <c r="T25" s="122" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="U25" s="130">
         <v>7</v>
       </c>
       <c r="V25" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="W25" s="58" t="s">
         <v>120</v>
       </c>
       <c r="AD25" s="41" t="s">
         <v>219</v>
       </c>
       <c r="AE25" s="44" t="s">
         <v>120</v>
       </c>
       <c r="AF25" s="53"/>
       <c r="AG25" s="56"/>
     </row>
     <row r="26" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H26" s="41" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="I26" s="44">
         <v>0</v>
       </c>
       <c r="L26" s="57" t="s">
         <v>340</v>
       </c>
       <c r="M26" s="58">
         <v>7</v>
       </c>
       <c r="P26" s="71" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="Q26" s="72">
         <v>7</v>
       </c>
       <c r="T26" s="119" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="U26" s="124">
         <v>5</v>
       </c>
       <c r="V26" s="53" t="s">
         <v>125</v>
       </c>
       <c r="W26" s="59" t="s">
         <v>120</v>
       </c>
       <c r="AD26" s="41" t="s">
         <v>221</v>
       </c>
       <c r="AE26" s="44">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:37" x14ac:dyDescent="0.25">
       <c r="H27" s="41" t="s">
         <v>225</v>
       </c>
       <c r="I27" s="44">
         <v>7</v>
       </c>
       <c r="L27" s="57" t="s">
         <v>341</v>
       </c>
       <c r="M27" s="58">
         <v>3</v>
       </c>
       <c r="P27" s="73" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="Q27" s="72" t="s">
         <v>120</v>
       </c>
       <c r="T27" s="119" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="U27" s="121">
         <v>7</v>
       </c>
       <c r="AD27" s="41" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="AE27" s="44">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H28" s="41" t="s">
         <v>226</v>
       </c>
       <c r="I28" s="44">
         <v>7</v>
       </c>
       <c r="L28" s="57" t="s">
         <v>342</v>
       </c>
       <c r="M28" s="58">
         <v>4</v>
       </c>
       <c r="P28" s="74" t="s">
         <v>125</v>
       </c>
       <c r="Q28" s="75" t="s">
         <v>120</v>
       </c>
       <c r="T28" s="119" t="s">
         <v>238</v>
       </c>
       <c r="U28" s="121">
         <v>7</v>
       </c>
       <c r="AD28" s="41" t="s">
         <v>250</v>
       </c>
       <c r="AE28" s="44">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:37" x14ac:dyDescent="0.25">
       <c r="H29" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="I29" s="44" t="s">
         <v>120</v>
       </c>
       <c r="L29" s="57" t="s">
         <v>343</v>
       </c>
       <c r="M29" s="58">
         <v>8</v>
       </c>
       <c r="T29" s="119" t="s">
         <v>263</v>
       </c>
       <c r="U29" s="121">
         <v>10</v>
       </c>
       <c r="AD29" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AE29" s="44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H30" s="53" t="s">
         <v>125</v>
       </c>
       <c r="I30" s="45" t="s">
         <v>120</v>
       </c>
       <c r="L30" s="57" t="s">
         <v>344</v>
       </c>
       <c r="M30" s="58">
         <v>3</v>
       </c>
       <c r="T30" s="119" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="U30" s="121">
         <v>14</v>
       </c>
       <c r="AD30" s="53" t="s">
         <v>125</v>
       </c>
       <c r="AE30" s="45" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:37" x14ac:dyDescent="0.25">
       <c r="L31" s="57" t="s">
         <v>345</v>
       </c>
       <c r="M31" s="44">
         <v>7</v>
       </c>
       <c r="T31" s="122" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="U31" s="121" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="L32" s="57" t="s">
         <v>64</v>
       </c>
       <c r="M32" s="44">
         <v>3</v>
       </c>
       <c r="T32" s="125" t="s">
         <v>125</v>
       </c>
       <c r="U32" s="126" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L33" s="51" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="M33" s="44">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L34" s="51" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="M34" s="44">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L35" s="41" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="M35" s="128">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L36" s="51" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="M36" s="44">
         <v>7</v>
       </c>
     </row>
     <row r="37" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L37" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="M37" s="44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="38" spans="12:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="L38" s="53" t="s">
         <v>125</v>
       </c>
       <c r="M38" s="45" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A19">
     <sortCondition ref="A19"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Feuil5"/>
@@ -18040,51 +18056,51 @@
     </row>
     <row r="10" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B10" s="169"/>
       <c r="C10" s="51" t="s">
         <v>238</v>
       </c>
       <c r="D10" s="55">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="11" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B11" s="169"/>
       <c r="C11" s="51" t="s">
         <v>239</v>
       </c>
       <c r="D11" s="55">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B12" s="169"/>
       <c r="C12" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D12" s="55"/>
     </row>
     <row r="13" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="170"/>
       <c r="C13" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D13" s="56"/>
     </row>
     <row r="14" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B14" s="156" t="s">
         <v>255</v>
       </c>
       <c r="C14" s="64" t="s">
         <v>256</v>
       </c>
       <c r="D14" s="65">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B15" s="157"/>
       <c r="C15" s="63" t="s">
         <v>257</v>
@@ -18122,51 +18138,51 @@
       <c r="E18" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B19" s="157"/>
       <c r="C19" s="63" t="s">
         <v>263</v>
       </c>
       <c r="D19" s="66">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B20" s="157"/>
       <c r="C20" s="63" t="s">
         <v>264</v>
       </c>
       <c r="D20" s="66">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B21" s="157"/>
       <c r="C21" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D21" s="66"/>
     </row>
     <row r="22" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="158"/>
       <c r="C22" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D22" s="67"/>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B23" s="156" t="s">
         <v>346</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>202</v>
       </c>
       <c r="D23" s="46">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B24" s="157"/>
       <c r="C24" s="41" t="s">
         <v>205</v>
@@ -18210,51 +18226,51 @@
       <c r="D28" s="44" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="29" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B29" s="157"/>
       <c r="C29" s="41" t="s">
         <v>244</v>
       </c>
       <c r="D29" s="44" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="30" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B30" s="157"/>
       <c r="C30" s="41" t="s">
         <v>245</v>
       </c>
       <c r="D30" s="44">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B31" s="157"/>
       <c r="C31" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D31" s="44"/>
     </row>
     <row r="32" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="158"/>
       <c r="C32" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D32" s="45"/>
     </row>
     <row r="33" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B33" s="156" t="s">
         <v>199</v>
       </c>
       <c r="C33" s="42" t="s">
         <v>203</v>
       </c>
       <c r="D33" s="43" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="34" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B34" s="157"/>
       <c r="C34" s="41" t="s">
         <v>246</v>
@@ -18331,51 +18347,51 @@
       <c r="C42" s="41" t="s">
         <v>251</v>
       </c>
       <c r="D42" s="44" t="s">
         <v>243</v>
       </c>
       <c r="F42" s="68"/>
       <c r="G42" s="62"/>
       <c r="H42" s="62"/>
     </row>
     <row r="43" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B43" s="157"/>
       <c r="C43" s="41" t="s">
         <v>250</v>
       </c>
       <c r="D43" s="44">
         <v>6</v>
       </c>
       <c r="F43" s="68"/>
       <c r="G43" s="62"/>
       <c r="H43" s="62"/>
     </row>
     <row r="44" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B44" s="157"/>
       <c r="C44" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D44" s="44"/>
       <c r="F44" s="68"/>
       <c r="G44" s="62"/>
       <c r="H44" s="62"/>
     </row>
     <row r="45" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B45" s="158"/>
       <c r="C45" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D45" s="45"/>
       <c r="F45" s="68"/>
       <c r="G45" s="62"/>
       <c r="H45" s="62"/>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B46" s="156" t="s">
         <v>347</v>
       </c>
       <c r="C46" s="69" t="s">
         <v>286</v>
       </c>
       <c r="D46" s="70">
         <v>5</v>
@@ -18464,51 +18480,51 @@
       <c r="D53" s="72">
         <v>5</v>
       </c>
       <c r="F53" s="68"/>
       <c r="G53" s="62"/>
       <c r="H53" s="62"/>
     </row>
     <row r="54" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B54" s="157"/>
       <c r="C54" s="71" t="s">
         <v>294</v>
       </c>
       <c r="D54" s="72">
         <v>3</v>
       </c>
       <c r="E54" t="s">
         <v>295</v>
       </c>
       <c r="F54" s="68"/>
       <c r="G54" s="62"/>
       <c r="H54" s="62"/>
     </row>
     <row r="55" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B55" s="157"/>
       <c r="C55" s="73" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D55" s="72"/>
       <c r="F55" s="68"/>
       <c r="G55" s="62"/>
       <c r="H55" s="62"/>
     </row>
     <row r="56" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="158"/>
       <c r="C56" s="74" t="s">
         <v>125</v>
       </c>
       <c r="D56" s="75"/>
       <c r="F56" s="68"/>
       <c r="G56" s="62"/>
       <c r="H56" s="62"/>
     </row>
     <row r="57" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B57" s="156" t="s">
         <v>274</v>
       </c>
       <c r="C57" s="42" t="s">
         <v>204</v>
       </c>
       <c r="D57" s="43">
         <v>7</v>
@@ -18603,51 +18619,51 @@
       <c r="E66" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B67" s="157"/>
       <c r="C67" s="41" t="s">
         <v>225</v>
       </c>
       <c r="D67" s="44">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B68" s="157"/>
       <c r="C68" s="41" t="s">
         <v>226</v>
       </c>
       <c r="D68" s="44">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B69" s="157"/>
       <c r="C69" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D69" s="44"/>
     </row>
     <row r="70" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B70" s="158"/>
       <c r="C70" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D70" s="45"/>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B71" s="156" t="s">
         <v>266</v>
       </c>
       <c r="C71" s="42" t="s">
         <v>68</v>
       </c>
       <c r="D71" s="43">
         <v>1</v>
       </c>
       <c r="E71" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.25">
@@ -18664,85 +18680,85 @@
       <c r="C73" s="57" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="58">
         <v>1</v>
       </c>
       <c r="E73" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B74" s="157"/>
       <c r="C74" s="57" t="s">
         <v>270</v>
       </c>
       <c r="D74" s="58">
         <v>7</v>
       </c>
       <c r="E74" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="75" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B75" s="157"/>
       <c r="C75" s="51" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="D75" s="58"/>
     </row>
     <row r="76" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B76" s="158"/>
       <c r="C76" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D76" s="59"/>
     </row>
     <row r="77" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B77" s="156" t="s">
         <v>281</v>
       </c>
       <c r="C77" s="60" t="s">
         <v>272</v>
       </c>
       <c r="D77" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="78" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B78" s="157"/>
       <c r="C78" s="57" t="s">
         <v>273</v>
       </c>
       <c r="D78" s="58">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B79" s="157"/>
       <c r="C79" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D79" s="58"/>
     </row>
     <row r="80" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B80" s="158"/>
       <c r="C80" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D80" s="59"/>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B81" s="162" t="s">
         <v>275</v>
       </c>
       <c r="C81" s="78" t="s">
         <v>276</v>
       </c>
       <c r="D81" s="61">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B82" s="163"/>
       <c r="C82" s="76" t="s">
         <v>277</v>
@@ -18759,94 +18775,94 @@
       <c r="D83" s="58">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B84" s="163"/>
       <c r="C84" s="76" t="s">
         <v>279</v>
       </c>
       <c r="D84" s="58">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B85" s="163"/>
       <c r="C85" s="76" t="s">
         <v>280</v>
       </c>
       <c r="D85" s="58">
         <v>42</v>
       </c>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" s="163"/>
       <c r="C86" s="77" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D86" s="58"/>
     </row>
     <row r="87" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B87" s="164"/>
       <c r="C87" s="79" t="s">
         <v>125</v>
       </c>
       <c r="D87" s="59"/>
     </row>
     <row r="88" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B88" s="165" t="s">
         <v>282</v>
       </c>
       <c r="C88" s="60" t="s">
         <v>283</v>
       </c>
       <c r="D88" s="61">
         <v>42</v>
       </c>
     </row>
     <row r="89" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B89" s="166"/>
       <c r="C89" s="57" t="s">
         <v>284</v>
       </c>
       <c r="D89" s="58">
         <v>2</v>
       </c>
     </row>
     <row r="90" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B90" s="166"/>
       <c r="C90" s="57" t="s">
         <v>285</v>
       </c>
       <c r="D90" s="58">
         <v>7</v>
       </c>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" s="166"/>
       <c r="C91" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D91" s="58"/>
     </row>
     <row r="92" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B92" s="167"/>
       <c r="C92" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D92" s="59"/>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" s="156" t="s">
         <v>296</v>
       </c>
       <c r="C93" s="60" t="s">
         <v>297</v>
       </c>
       <c r="D93" s="61">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B94" s="157"/>
       <c r="C94" s="57" t="s">
         <v>298</v>
@@ -18893,51 +18909,51 @@
     </row>
     <row r="99" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B99" s="157"/>
       <c r="C99" s="57" t="s">
         <v>303</v>
       </c>
       <c r="D99" s="58">
         <v>365</v>
       </c>
       <c r="E99" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="100" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B100" s="157"/>
       <c r="C100" s="57" t="s">
         <v>305</v>
       </c>
       <c r="D100" s="58">
         <v>42</v>
       </c>
     </row>
     <row r="101" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B101" s="157"/>
       <c r="C101" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D101" s="58"/>
     </row>
     <row r="102" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B102" s="158"/>
       <c r="C102" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D102" s="59"/>
     </row>
     <row r="103" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B103" s="156" t="s">
         <v>306</v>
       </c>
       <c r="C103" s="60" t="s">
         <v>307</v>
       </c>
       <c r="D103" s="61">
         <v>3</v>
       </c>
     </row>
     <row r="104" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B104" s="157"/>
       <c r="C104" s="57" t="s">
         <v>308</v>
@@ -18954,85 +18970,85 @@
       <c r="D105" s="44">
         <v>14</v>
       </c>
     </row>
     <row r="106" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B106" s="157"/>
       <c r="C106" s="41" t="s">
         <v>310</v>
       </c>
       <c r="D106" s="44">
         <v>14</v>
       </c>
     </row>
     <row r="107" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B107" s="157"/>
       <c r="C107" s="41" t="s">
         <v>311</v>
       </c>
       <c r="D107" s="44">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B108" s="157"/>
       <c r="C108" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D108" s="44"/>
     </row>
     <row r="109" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B109" s="158"/>
       <c r="C109" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D109" s="45"/>
     </row>
     <row r="110" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B110" s="156" t="s">
         <v>314</v>
       </c>
       <c r="C110" s="60" t="s">
         <v>312</v>
       </c>
       <c r="D110" s="61">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B111" s="157"/>
       <c r="C111" s="57" t="s">
         <v>313</v>
       </c>
       <c r="D111" s="58">
         <v>14</v>
       </c>
     </row>
     <row r="112" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B112" s="157"/>
       <c r="C112" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D112" s="58"/>
     </row>
     <row r="113" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B113" s="158"/>
       <c r="C113" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D113" s="59"/>
     </row>
     <row r="114" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B114" s="156" t="s">
         <v>315</v>
       </c>
       <c r="C114" s="60" t="s">
         <v>316</v>
       </c>
       <c r="D114" s="61">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B115" s="157"/>
       <c r="C115" s="57" t="s">
         <v>317</v>
@@ -19067,64 +19083,64 @@
       <c r="D118" s="58">
         <v>42</v>
       </c>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B119" s="157"/>
       <c r="C119" s="57" t="s">
         <v>321</v>
       </c>
       <c r="D119" s="58">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B120" s="157"/>
       <c r="C120" s="57" t="s">
         <v>322</v>
       </c>
       <c r="D120" s="58">
         <v>42</v>
       </c>
     </row>
     <row r="121" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B121" s="157"/>
       <c r="C121" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D121" s="58"/>
     </row>
     <row r="122" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B122" s="158"/>
       <c r="C122" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D122" s="59"/>
     </row>
     <row r="123" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B123" s="156" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C123" s="60" t="s">
         <v>324</v>
       </c>
       <c r="D123" s="61">
         <v>7</v>
       </c>
     </row>
     <row r="124" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B124" s="157"/>
       <c r="C124" s="57" t="s">
         <v>325</v>
       </c>
       <c r="D124" s="58">
         <v>7</v>
       </c>
     </row>
     <row r="125" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B125" s="157"/>
       <c r="C125" s="57" t="s">
         <v>326</v>
       </c>
       <c r="D125" s="58">
         <v>14</v>
       </c>
@@ -19137,51 +19153,51 @@
       <c r="D126" s="58">
         <v>7</v>
       </c>
     </row>
     <row r="127" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B127" s="157"/>
       <c r="C127" s="57" t="s">
         <v>329</v>
       </c>
       <c r="D127" s="58">
         <v>14</v>
       </c>
     </row>
     <row r="128" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B128" s="157"/>
       <c r="C128" s="57" t="s">
         <v>328</v>
       </c>
       <c r="D128" s="58">
         <v>42</v>
       </c>
     </row>
     <row r="129" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B129" s="157"/>
       <c r="C129" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D129" s="58"/>
     </row>
     <row r="130" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B130" s="158"/>
       <c r="C130" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D130" s="59"/>
     </row>
     <row r="131" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B131" s="156" t="s">
         <v>330</v>
       </c>
       <c r="C131" s="60" t="s">
         <v>331</v>
       </c>
       <c r="D131" s="61">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B132" s="157"/>
       <c r="C132" s="57" t="s">
         <v>333</v>
@@ -19332,66 +19348,66 @@
       <c r="F146" s="89"/>
     </row>
     <row r="147" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B147" s="157"/>
       <c r="C147" s="51" t="s">
         <v>200</v>
       </c>
       <c r="D147" s="44">
         <v>14</v>
       </c>
       <c r="F147" s="89"/>
     </row>
     <row r="148" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B148" s="157"/>
       <c r="C148" s="51" t="s">
         <v>201</v>
       </c>
       <c r="D148" s="44">
         <v>7</v>
       </c>
       <c r="F148" s="89"/>
     </row>
     <row r="149" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B149" s="157"/>
       <c r="C149" s="51" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D149" s="44"/>
       <c r="F149" s="89"/>
     </row>
     <row r="150" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B150" s="158"/>
       <c r="C150" s="53" t="s">
         <v>125</v>
       </c>
       <c r="D150" s="45"/>
       <c r="F150" s="89"/>
     </row>
     <row r="151" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B151" s="82" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C151" s="80"/>
       <c r="D151" s="81"/>
       <c r="F151" s="89"/>
     </row>
     <row r="152" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B152" s="82" t="s">
         <v>119</v>
       </c>
       <c r="C152" s="80"/>
       <c r="D152" s="81"/>
       <c r="F152" s="89"/>
     </row>
     <row r="153" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="F153" s="90"/>
     </row>
     <row r="154" spans="2:6" x14ac:dyDescent="0.25">
       <c r="F154" s="88" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="155" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="F155" s="89"/>
     </row>
     <row r="156" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -19462,103 +19478,103 @@
       </c>
       <c r="F166" s="90"/>
     </row>
     <row r="167" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B167" s="88" t="s">
         <v>306</v>
       </c>
       <c r="F167" s="88" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="168" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B168" s="88" t="s">
         <v>314</v>
       </c>
       <c r="F168" s="90"/>
     </row>
     <row r="169" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B169" s="88" t="s">
         <v>315</v>
       </c>
       <c r="F169" s="89"/>
     </row>
     <row r="170" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B170" s="88" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="F170" s="89"/>
     </row>
     <row r="171" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B171" s="88" t="s">
         <v>330</v>
       </c>
       <c r="F171" s="82" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="172" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B172" s="82" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="173" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B173" s="82" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="174" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B174" s="89"/>
     </row>
     <row r="175" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B175" s="89"/>
     </row>
     <row r="176" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B176" s="89"/>
     </row>
     <row r="177" spans="2:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B177" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="B103:B109"/>
+    <mergeCell ref="B110:B113"/>
+    <mergeCell ref="B114:B122"/>
+    <mergeCell ref="B123:B130"/>
+    <mergeCell ref="B131:B150"/>
     <mergeCell ref="B93:B102"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B57:B70"/>
     <mergeCell ref="B71:B76"/>
     <mergeCell ref="B77:B80"/>
     <mergeCell ref="B81:B87"/>
     <mergeCell ref="B88:B92"/>
     <mergeCell ref="B5:B13"/>
     <mergeCell ref="B14:B22"/>
     <mergeCell ref="B23:B32"/>
     <mergeCell ref="B33:B45"/>
     <mergeCell ref="B46:B56"/>
-    <mergeCell ref="B103:B109"/>
-[...3 lines deleted...]
-    <mergeCell ref="B131:B150"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>